--- v0 (2026-01-26)
+++ v1 (2026-02-08)
@@ -943,68 +943,62 @@
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="92" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="450"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00010CA0">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:noProof/>
           <w:color w:val="2B579A"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6378406B" wp14:editId="1147BDD6">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6378406B" wp14:editId="174C25C9">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>438912</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>229304</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6894830" cy="6350"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="17" name="Graphic 17">
-[...5 lines deleted...]
-                </wp:docPr>
+                <wp:docPr id="17" name="Graphic 17"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6894830" cy="6350"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
                             <a:path w="6894830" h="6350">
                               <a:moveTo>
                                 <a:pt x="6894576" y="0"/>
                               </a:moveTo>
@@ -1020,51 +1014,51 @@
                               <a:lnTo>
                                 <a:pt x="6894576" y="0"/>
                               </a:lnTo>
                               <a:close/>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="03716C90" id="Graphic 17" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:34.55pt;margin-top:18.05pt;width:542.9pt;height:.5pt;z-index:-251658240;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6894830,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDQsB76IgIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L07a1cuMOMXQosOA&#10;oivQDDsrshwbk0WNUmLn70fJVmpspw3zQabMJ+rxkfTmdug0Oyl0LZiSrxZLzpSRULXmUPJvu4d3&#10;a86cF6YSGowq+Vk5frt9+2bT20JdQQO6UsgoiHFFb0veeG+LLHOyUZ1wC7DKkLMG7ISnLR6yCkVP&#10;0TudXS2XedYDVhZBKufo6/3o5NsYv66V9F/r2inPdMmJm48rxnUf1my7EcUBhW1aOdEQ/8CiE62h&#10;Sy+h7oUX7IjtH6G6ViI4qP1CQpdBXbdSxRwom9Xyt2xeGmFVzIXEcfYik/t/YeXT6cU+Y6Du7CPI&#10;H44UyXrriosnbNyEGWrsApaIsyGqeL6oqAbPJH3M1x/fr69JbEm+/PomipyJIp2VR+c/K4hxxOnR&#10;+bEGVbJEkyw5mGQiVTLUUMcaes6ohsgZ1XA/1tAKH84FcsFk/YxIM/EIzg5OagcR5kMKge3Nh5yz&#10;lAgxfcVoM8dSTjNU8qW3jfFGTL5argMvCpbc6T3C5tf+FTipmcJJDU6NN4W845UXLej6udoOdFs9&#10;tFqH9B0e9nca2UmE0YjPxHgGi50wFj+0wR6q8zOynual5O7nUaDiTH8x1JBhuJKBydgnA72+gziC&#10;UXl0fjd8F2iZJbPknnrnCVK7iyK1BfEPgBEbThr4dPRQt6FnIreR0bShGYn5T/MchnC+j6jXv872&#10;FwAAAP//AwBQSwMEFAAGAAgAAAAhAJz68yjbAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8Fu&#10;gzAQRO+V+g/WVuqtsUlT2lBMVEVK7iV8gIO3gIrXCDsE/j6bU3ta7c5o9k2+m10vJhxD50lDslIg&#10;kGpvO2o0VKfDyweIEA1Z03tCDQsG2BWPD7nJrL/SN05lbASHUMiMhjbGIZMy1C06E1Z+QGLtx4/O&#10;RF7HRtrRXDnc9XKtVCqd6Yg/tGbAfYv1b3lxGtbu4OOkqn1V4glloha/OS5aPz/NX58gIs7xzwx3&#10;fEaHgpnO/kI2iF5Duk3YqeE15XnXk7fNFsSZL+8JyCKX/xsUNwAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQDQsB76IgIAAL0EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQCc+vMo2wAAAAkBAAAPAAAAAAAAAAAAAAAAAHwEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAhAUAAAAA&#10;" path="m6894576,l,,,6108r6894576,l6894576,xe" fillcolor="black" stroked="f">
+              <v:shape w14:anchorId="36E62DBC" id="Graphic 17" o:spid="_x0000_s1026" style="position:absolute;margin-left:34.55pt;margin-top:18.05pt;width:542.9pt;height:.5pt;z-index:-251658240;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6894830,6350" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDQsB76IgIAAL0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L07a1cuMOMXQosOA&#10;oivQDDsrshwbk0WNUmLn70fJVmpspw3zQabMJ+rxkfTmdug0Oyl0LZiSrxZLzpSRULXmUPJvu4d3&#10;a86cF6YSGowq+Vk5frt9+2bT20JdQQO6UsgoiHFFb0veeG+LLHOyUZ1wC7DKkLMG7ISnLR6yCkVP&#10;0TudXS2XedYDVhZBKufo6/3o5NsYv66V9F/r2inPdMmJm48rxnUf1my7EcUBhW1aOdEQ/8CiE62h&#10;Sy+h7oUX7IjtH6G6ViI4qP1CQpdBXbdSxRwom9Xyt2xeGmFVzIXEcfYik/t/YeXT6cU+Y6Du7CPI&#10;H44UyXrriosnbNyEGWrsApaIsyGqeL6oqAbPJH3M1x/fr69JbEm+/PomipyJIp2VR+c/K4hxxOnR&#10;+bEGVbJEkyw5mGQiVTLUUMcaes6ohsgZ1XA/1tAKH84FcsFk/YxIM/EIzg5OagcR5kMKge3Nh5yz&#10;lAgxfcVoM8dSTjNU8qW3jfFGTL5argMvCpbc6T3C5tf+FTipmcJJDU6NN4W845UXLej6udoOdFs9&#10;tFqH9B0e9nca2UmE0YjPxHgGi50wFj+0wR6q8zOynual5O7nUaDiTH8x1JBhuJKBydgnA72+gziC&#10;UXl0fjd8F2iZJbPknnrnCVK7iyK1BfEPgBEbThr4dPRQt6FnIreR0bShGYn5T/MchnC+j6jXv872&#10;FwAAAP//AwBQSwMEFAAGAAgAAAAhAJz68yjbAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8Fu&#10;gzAQRO+V+g/WVuqtsUlT2lBMVEVK7iV8gIO3gIrXCDsE/j6bU3ta7c5o9k2+m10vJhxD50lDslIg&#10;kGpvO2o0VKfDyweIEA1Z03tCDQsG2BWPD7nJrL/SN05lbASHUMiMhjbGIZMy1C06E1Z+QGLtx4/O&#10;RF7HRtrRXDnc9XKtVCqd6Yg/tGbAfYv1b3lxGtbu4OOkqn1V4glloha/OS5aPz/NX58gIs7xzwx3&#10;fEaHgpnO/kI2iF5Duk3YqeE15XnXk7fNFsSZL+8JyCKX/xsUNwAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQDQsB76IgIAAL0EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQCc+vMo2wAAAAkBAAAPAAAAAAAAAAAAAAAAAHwEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAhAUAAAAA&#10;" path="m6894576,l,,,6108r6894576,l6894576,xe" fillcolor="black" stroked="f">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="44FE1BAB" w14:textId="77777777" w:rsidR="00010CA0" w:rsidRPr="00010CA0" w:rsidRDefault="00010CA0" w:rsidP="00010CA0">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="6639"/>
           <w:tab w:val="left" w:pos="9519"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="16" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="450"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
@@ -2599,51 +2593,50 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2EFDE392" w14:textId="77777777" w:rsidR="00044BD6" w:rsidRDefault="00044BD6" w:rsidP="00B54BF5"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5D102FDB" w14:textId="77777777" w:rsidR="00044BD6" w:rsidRDefault="00044BD6" w:rsidP="00B54BF5"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E473A" w14:paraId="40A7C7CB" w14:textId="024B661A" w:rsidTr="00B7418A">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="666"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1165" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="423A6862" w14:textId="33F6EC68" w:rsidR="009E473A" w:rsidRDefault="009E473A" w:rsidP="008E57E3">
             <w:r>
-              <w:lastRenderedPageBreak/>
               <w:t>Total</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2610" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="53495DFE" w14:textId="7E433EF9" w:rsidR="009E473A" w:rsidRDefault="009E473A" w:rsidP="008E57E3"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="73B248D6" w14:textId="77777777" w:rsidR="009E473A" w:rsidRDefault="009E473A" w:rsidP="008E57E3"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2198B323" w14:textId="363D960D" w:rsidR="009E473A" w:rsidRDefault="009E473A" w:rsidP="008E57E3"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1DBDC01D" w14:textId="3476B456" w:rsidR="00D52959" w:rsidRPr="00104C57" w:rsidRDefault="00D52959" w:rsidP="1F8CF5F1">
@@ -3413,51 +3406,50 @@
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="4CCF2307">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="42955E3D" w14:textId="2598D12B" w:rsidR="00BF784C" w:rsidRDefault="00BF784C" w:rsidP="004B0CD4">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:spacing w:before="0"/>
       </w:pPr>
       <w:r w:rsidRPr="000E7DDF">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Budget </w:t>
       </w:r>
       <w:r w:rsidR="00934114">
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidRPr="000E7DDF">
         <w:t>arrative</w:t>
       </w:r>
       <w:r w:rsidR="00934114">
         <w:t xml:space="preserve"> information</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B2A6639" w14:textId="7E60B25C" w:rsidR="005C514E" w:rsidRPr="004946ED" w:rsidRDefault="005C514E" w:rsidP="004946ED">
       <w:r w:rsidRPr="00181CB5">
         <w:t>Provide a detailed account of each budget line item listed above for which you are requesting funding (for example, instructor salary, program administrator salary, purchase of curriculum, apprentice tuition costs, training supplies etc.).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid1"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblCaption w:val="Budget narrative information"/>
         <w:tblDescription w:val="Budget narrative categories and descriptions."/>
@@ -3911,51 +3903,50 @@
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FA682A5" w14:textId="77777777" w:rsidR="00B7418A" w:rsidRDefault="00B7418A">
       <w:pPr>
         <w:spacing w:before="120" w:after="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:color w:val="003865" w:themeColor="accent1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7AEF3DB7" w14:textId="714F0603" w:rsidR="00BF784C" w:rsidRDefault="00703AA5" w:rsidP="00703AA5">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Application </w:t>
       </w:r>
       <w:r w:rsidR="00A408D9">
         <w:t>c</w:t>
       </w:r>
       <w:r>
         <w:t>hecklist</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7DF8264F" w14:textId="3D43A1FA" w:rsidR="008F20ED" w:rsidRDefault="00CA5FC4" w:rsidP="00B0058E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t>Application Form (including Work Plan</w:t>
       </w:r>
       <w:r w:rsidR="009D6584">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:t>Budget</w:t>
@@ -4206,65 +4197,51 @@
                 <w:pict>
                   <v:line w14:anchorId="469165C0" id="Straight Connector 1" o:spid="_x0000_s1026" alt="&quot;&quot;" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="7in,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBXA6l+mQEAAIgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfIPxC8x5KDIggEyzkkaC9F&#10;GvTxAQy1tIiSXGLJWPLfd0nbctEWRVH0QvExM7uzu9rcz96JPVCyGHq5XrVSQNA42LDr5dcv767v&#10;pEhZhUE5DNDLAyR5v716s5liBzc4ohuABIuE1E2xl2POsWuapEfwKq0wQuBHg+RV5iPtmoHUxOre&#10;NTdte9tMSEMk1JAS3z4eH+W26hsDOn80JkEWrpecW64r1fWlrM12o7odqThafUpD/UMWXtnAQRep&#10;R5WVeCX7i5S3mjChySuNvkFjrIbqgd2s25/cfB5VhOqFi5PiUqb0/2T10/4hPBOXYYqpS/GZiovZ&#10;kC9fzk/MtViHpVgwZ6H58vZt2961XFN9fmsuxEgpvwf0omx66WwoPlSn9h9S5mAMPUP4cAldd/ng&#10;oIBd+ARG2IGDrSu7TgU8OBJ7xf0cvq1L/1irIgvFWOcWUvtn0glbaFAn5W+JC7pGxJAXorcB6XdR&#10;83xO1RzxZ9dHr8X2Cw6H2ohaDm53dXYazTJPP54r/fIDbb8DAAD//wMAUEsDBBQABgAIAAAAIQBx&#10;5/hC1wAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BSsNAEIbvQt9hGcGb3dVDKTGbYi0FRRBa&#10;Ba+T7DQbzc6G7CaNb++mF70MfPzDP9/km8m1YqQ+NJ413C0VCOLKm4ZrDR/v+9s1iBCRDbaeScMP&#10;BdgUi6scM+PPfKDxGGuRSjhkqMHG2GVShsqSw7D0HXHKTr53GBP2tTQ9nlO5a+W9UivpsOF0wWJH&#10;T5aq7+PgNHzZz5dVvXsrT2roxlflts9ut9X65np6fAARaYp/yzDrJ3UoklPpBzZBtBrSI/Ey50yp&#10;deJyZlnk8r978QsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBXA6l+mQEAAIgDAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBx5/hC1wAAAAMBAAAP&#10;AAAAAAAAAAAAAAAAAPMDAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA9wQAAAAA&#10;" strokecolor="#003865 [3200]">
                     <w10:anchorlock/>
                   </v:line>
                 </w:pict>
               </mc:Fallback>
             </mc:AlternateContent>
           </w:r>
         </w:p>
         <w:p w14:paraId="10414076" w14:textId="77777777" w:rsidR="00832BB4" w:rsidRPr="00B02004" w:rsidRDefault="00832BB4" w:rsidP="00832BB4">
           <w:pPr>
             <w:pStyle w:val="ListParagraph"/>
             <w:numPr>
               <w:ilvl w:val="0"/>
               <w:numId w:val="7"/>
             </w:numPr>
             <w:spacing w:before="100" w:after="100"/>
             <w:rPr>
               <w:b/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00B02004">
             <w:rPr>
               <w:b/>
             </w:rPr>
-            <w:t xml:space="preserve">Describe your history of performing the work that will be funded by the grant or duties </w:t>
-[...13 lines deleted...]
-            <w:t xml:space="preserve"> those required. Include your organization’s current and past staffing, current and past budget, and administrative and fiscal capacity to successfully conduct and administer grant programming. </w:t>
+            <w:t xml:space="preserve">Describe your history of performing the work that will be funded by the grant or duties similar to those required. Include your organization’s current and past staffing, current and past budget, and administrative and fiscal capacity to successfully conduct and administer grant programming. </w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="32529635" w14:textId="77777777" w:rsidR="00832BB4" w:rsidRDefault="00832BB4" w:rsidP="00832BB4">
           <w:pPr>
             <w:pStyle w:val="NoSpacing"/>
             <w:spacing w:after="240"/>
             <w:ind w:left="720"/>
             <w:rPr>
               <w:rFonts w:cs="Times New Roman"/>
             </w:rPr>
           </w:pPr>
         </w:p>
         <w:p w14:paraId="25593098" w14:textId="77777777" w:rsidR="00832BB4" w:rsidRDefault="00832BB4" w:rsidP="00832BB4">
           <w:pPr>
             <w:pStyle w:val="ListParagraph"/>
             <w:numPr>
               <w:ilvl w:val="0"/>
               <w:numId w:val="7"/>
             </w:numPr>
             <w:spacing w:before="100" w:after="100"/>
             <w:rPr>
               <w:b/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00B02004">
@@ -4288,80 +4265,80 @@
           <w:r>
             <w:rPr>
               <w:b/>
             </w:rPr>
             <w:t>s</w:t>
           </w:r>
           <w:r w:rsidRPr="00B02004">
             <w:rPr>
               <w:b/>
             </w:rPr>
             <w:t xml:space="preserve">tate of Minnesota in the past </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:b/>
             </w:rPr>
             <w:t>five</w:t>
           </w:r>
           <w:r w:rsidRPr="00B02004">
             <w:rPr>
               <w:b/>
             </w:rPr>
             <w:t xml:space="preserve"> years?</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="69A9F9AE" w14:textId="77777777" w:rsidR="00832BB4" w:rsidRPr="000409AC" w:rsidRDefault="004B5237" w:rsidP="00832BB4">
+        <w:p w14:paraId="69A9F9AE" w14:textId="77777777" w:rsidR="00832BB4" w:rsidRPr="000409AC" w:rsidRDefault="00DC2BF9" w:rsidP="00832BB4">
           <w:pPr>
             <w:pStyle w:val="Checkbox"/>
             <w:spacing w:after="0"/>
             <w:ind w:left="1080"/>
           </w:pPr>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="991215594"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
               <w:r w:rsidR="00832BB4" w:rsidRPr="000409AC">
                 <w:rPr>
                   <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                 </w:rPr>
                 <w:t>☐</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
           <w:r w:rsidR="00832BB4" w:rsidRPr="000409AC">
             <w:t xml:space="preserve"> No</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="38DC6679" w14:textId="77777777" w:rsidR="00832BB4" w:rsidRPr="00B02004" w:rsidRDefault="004B5237" w:rsidP="00832BB4">
+        <w:p w14:paraId="38DC6679" w14:textId="77777777" w:rsidR="00832BB4" w:rsidRPr="00B02004" w:rsidRDefault="00DC2BF9" w:rsidP="00832BB4">
           <w:pPr>
             <w:pStyle w:val="NoSpacing"/>
             <w:spacing w:after="240"/>
             <w:ind w:left="720"/>
           </w:pPr>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="493306313"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
               <w:r w:rsidR="00832BB4" w:rsidRPr="000409AC">
                 <w:rPr>
                   <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                 </w:rPr>
                 <w:t>☐</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
           <w:r w:rsidR="00832BB4" w:rsidRPr="000409AC">
@@ -4406,80 +4383,80 @@
             </w:numPr>
             <w:spacing w:before="100" w:after="100"/>
             <w:rPr>
               <w:b/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00B02004">
             <w:rPr>
               <w:b/>
             </w:rPr>
             <w:t xml:space="preserve">Has your organization previously received grant funding for which you performed similar work in the </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:b/>
             </w:rPr>
             <w:t>past five</w:t>
           </w:r>
           <w:r w:rsidRPr="00B02004">
             <w:rPr>
               <w:b/>
             </w:rPr>
             <w:t xml:space="preserve"> years?</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="3EE53916" w14:textId="77777777" w:rsidR="00832BB4" w:rsidRPr="000409AC" w:rsidRDefault="004B5237" w:rsidP="00832BB4">
+        <w:p w14:paraId="3EE53916" w14:textId="77777777" w:rsidR="00832BB4" w:rsidRPr="000409AC" w:rsidRDefault="00DC2BF9" w:rsidP="00832BB4">
           <w:pPr>
             <w:pStyle w:val="Checkbox"/>
             <w:spacing w:after="0"/>
             <w:ind w:firstLine="0"/>
           </w:pPr>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="-1415543639"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
               <w:r w:rsidR="00832BB4">
                 <w:rPr>
                   <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                 </w:rPr>
                 <w:t>☐</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
           <w:r w:rsidR="00832BB4" w:rsidRPr="000409AC">
             <w:t>No</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="7ACBC985" w14:textId="77777777" w:rsidR="00832BB4" w:rsidRPr="00B02004" w:rsidRDefault="004B5237" w:rsidP="00832BB4">
+        <w:p w14:paraId="7ACBC985" w14:textId="77777777" w:rsidR="00832BB4" w:rsidRPr="00B02004" w:rsidRDefault="00DC2BF9" w:rsidP="00832BB4">
           <w:pPr>
             <w:pStyle w:val="NoSpacing"/>
             <w:spacing w:after="240"/>
             <w:ind w:left="720"/>
           </w:pPr>
           <w:sdt>
             <w:sdtPr>
               <w:id w:val="-1491872401"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                 <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
               </w14:checkbox>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
               <w:r w:rsidR="00832BB4">
                 <w:rPr>
                   <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                 </w:rPr>
                 <w:t>☐</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
           <w:r w:rsidR="00832BB4" w:rsidRPr="000409AC">
@@ -5069,51 +5046,50 @@
             </w:rPr>
             <w:tab/>
           </w:r>
           <w:r w:rsidRPr="0075603F">
             <w:rPr>
               <w:bCs/>
             </w:rPr>
             <w:t>Date</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="601045ED" w14:textId="1D951885" w:rsidR="00832BB4" w:rsidRDefault="00832BB4">
       <w:pPr>
         <w:spacing w:before="120" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="30DBF6B9" w14:textId="77777777" w:rsidR="00832BB4" w:rsidRPr="009B4008" w:rsidRDefault="00832BB4" w:rsidP="004946ED">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="009B4008">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Exhibit </w:t>
       </w:r>
       <w:r>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="009B4008">
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">  E</w:t>
       </w:r>
       <w:r w:rsidRPr="009B4008">
         <w:t>vidence of good standing</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0194D494" w14:textId="77777777" w:rsidR="00832BB4" w:rsidRDefault="00832BB4" w:rsidP="00832BB4">
       <w:pPr>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009B4008">
         <w:rPr>
           <w:b/>
@@ -5285,83 +5261,83 @@
         </w:rPr>
         <w:t>usiness/</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00641168">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>earch</w:t>
       </w:r>
       <w:r w:rsidRPr="009B4008">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12044F40" w14:textId="77777777" w:rsidR="00832BB4" w:rsidRDefault="004B5237" w:rsidP="00832BB4">
+    <w:p w14:paraId="12044F40" w14:textId="77777777" w:rsidR="00832BB4" w:rsidRDefault="00DC2BF9" w:rsidP="00832BB4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="782"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-632406000"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00832BB4">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00832BB4">
         <w:tab/>
         <w:t>Yes</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A610990" w14:textId="77777777" w:rsidR="00832BB4" w:rsidRDefault="004B5237" w:rsidP="00832BB4">
+    <w:p w14:paraId="4A610990" w14:textId="77777777" w:rsidR="00832BB4" w:rsidRDefault="00DC2BF9" w:rsidP="00832BB4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="782"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="1154800199"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00832BB4">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
@@ -5377,51 +5353,50 @@
           <w:tab w:val="left" w:pos="782"/>
         </w:tabs>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t>If “Yes," please submit a screenshot of the registration with your application materials.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BDA5957" w14:textId="1F8B99DE" w:rsidR="00832BB4" w:rsidRDefault="00832BB4">
       <w:pPr>
         <w:spacing w:before="120" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="3679644E" w14:textId="77777777" w:rsidR="00832BB4" w:rsidRPr="00630EFA" w:rsidRDefault="00832BB4" w:rsidP="004946ED">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>Exhibit D: Required nonprofit grantee documents as applicable</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A09C96B" w14:textId="77777777" w:rsidR="00832BB4" w:rsidRDefault="00832BB4" w:rsidP="00832BB4">
       <w:r w:rsidRPr="00630EFA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Instructions: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00980FFE">
         <w:t>Please answer the following questions and provide the requested information.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1480F9D9" w14:textId="77777777" w:rsidR="00832BB4" w:rsidRPr="00630EFA" w:rsidRDefault="00832BB4" w:rsidP="00832BB4">
       <w:pPr>
         <w:rPr>
@@ -5492,90 +5467,90 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="32FDA37E" w14:textId="77777777" w:rsidR="00832BB4" w:rsidRPr="00630EFA" w:rsidRDefault="00832BB4" w:rsidP="00832BB4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:before="100" w:after="100"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00630EFA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Were you required to submit a 990 or a form 990-EZ for your organization’s last fiscal year?</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="1" w:name="_Hlk147502319"/>
-    <w:p w14:paraId="4775F250" w14:textId="77777777" w:rsidR="00832BB4" w:rsidRDefault="004B5237" w:rsidP="00832BB4">
+    <w:p w14:paraId="4775F250" w14:textId="77777777" w:rsidR="00832BB4" w:rsidRDefault="00DC2BF9" w:rsidP="00832BB4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1357"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="720"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-797291277"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00832BB4">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidR="00832BB4">
         <w:tab/>
         <w:t>Yes</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12DDC33A" w14:textId="77777777" w:rsidR="00832BB4" w:rsidRDefault="004B5237" w:rsidP="00832BB4">
+    <w:p w14:paraId="12DDC33A" w14:textId="77777777" w:rsidR="00832BB4" w:rsidRDefault="00DC2BF9" w:rsidP="00832BB4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1357"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:ind w:left="720"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="1861471114"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00832BB4">
@@ -5630,89 +5605,89 @@
         <w:pStyle w:val="Sub-checkbox"/>
         <w:ind w:left="720" w:firstLine="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2BD92E66" w14:textId="77777777" w:rsidR="00832BB4" w:rsidRPr="00630EFA" w:rsidRDefault="00832BB4" w:rsidP="00832BB4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:before="100" w:after="100"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00630EFA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Are you a charitable organization that made over $750,000 in your last fiscal year and were required to have an audited financial statement per MS 309.53?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45D5D0BA" w14:textId="77777777" w:rsidR="00832BB4" w:rsidRDefault="004B5237" w:rsidP="00832BB4">
+    <w:p w14:paraId="45D5D0BA" w14:textId="77777777" w:rsidR="00832BB4" w:rsidRDefault="00DC2BF9" w:rsidP="00832BB4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1357"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="720"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="473728213"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00832BB4">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00832BB4">
         <w:tab/>
         <w:t>Yes</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36B548F6" w14:textId="77777777" w:rsidR="00832BB4" w:rsidRDefault="004B5237" w:rsidP="00832BB4">
+    <w:p w14:paraId="36B548F6" w14:textId="77777777" w:rsidR="00832BB4" w:rsidRDefault="00DC2BF9" w:rsidP="00832BB4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1357"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:ind w:left="720"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="843207485"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00832BB4">
@@ -5770,51 +5745,50 @@
         <w:t>If not in existence long enough to file Form 990, Form 990 EZ or most recent audit, the nonprofit grant applicant must submit the most recent set of board-reviewed (or managing group if applicable) financial statements.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="011275C7" w14:textId="77777777" w:rsidR="00832BB4" w:rsidRPr="008F22FE" w:rsidRDefault="00832BB4" w:rsidP="00832BB4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:before="100" w:after="100"/>
       </w:pPr>
       <w:r>
         <w:t>If not required to submit any 990 forms per IRS determination, the nonprofit grant applicant must provide a copy of the IRS determination letter.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="499A8BB3" w14:textId="0E4A4A85" w:rsidR="00832BB4" w:rsidRDefault="00832BB4">
       <w:pPr>
         <w:spacing w:before="120" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F9E45E0" w14:textId="77777777" w:rsidR="00832BB4" w:rsidRDefault="00832BB4" w:rsidP="004946ED">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>Exhibit E:  For-profit required documents, lien disclosure and certification</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4AFF467A" w14:textId="715460A8" w:rsidR="00832BB4" w:rsidRPr="00DC5FE6" w:rsidRDefault="00832BB4" w:rsidP="00832BB4">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC5FE6">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Instructions: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F70554">
@@ -5882,93 +5856,93 @@
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E3FA18B" w14:textId="77777777" w:rsidR="00832BB4" w:rsidRPr="00DC5FE6" w:rsidRDefault="00832BB4" w:rsidP="00832BB4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:before="100" w:after="100"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC5FE6">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Has the for-profit entity filed its most recent state and federal tax returns?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A252890" w14:textId="77777777" w:rsidR="00832BB4" w:rsidRDefault="004B5237" w:rsidP="00832BB4">
+    <w:p w14:paraId="2A252890" w14:textId="77777777" w:rsidR="00832BB4" w:rsidRDefault="00DC2BF9" w:rsidP="00832BB4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
           </w:rPr>
           <w:id w:val="1551649223"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00832BB4">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00832BB4" w:rsidRPr="00746A06">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Yes</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E91F8B2" w14:textId="77777777" w:rsidR="00832BB4" w:rsidRDefault="004B5237" w:rsidP="00832BB4">
+    <w:p w14:paraId="6E91F8B2" w14:textId="77777777" w:rsidR="00832BB4" w:rsidRDefault="00DC2BF9" w:rsidP="00832BB4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:ind w:left="720"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-2090991232"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00832BB4">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
@@ -6033,87 +6007,87 @@
         <w:t>; and other internal controls to ensure compliance with laws and regulations and safeguard use of grant funds.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01477009" w14:textId="77777777" w:rsidR="00832BB4" w:rsidRPr="00DC5FE6" w:rsidRDefault="00832BB4" w:rsidP="00832BB4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:before="100" w:after="100"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC5FE6">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Asset lien disclosure:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CA1A7B1" w14:textId="77777777" w:rsidR="00832BB4" w:rsidRDefault="004B5237" w:rsidP="00832BB4">
+    <w:p w14:paraId="2CA1A7B1" w14:textId="77777777" w:rsidR="00832BB4" w:rsidRDefault="00DC2BF9" w:rsidP="00832BB4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
           </w:rPr>
           <w:id w:val="139701963"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00832BB4">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00832BB4">
         <w:t xml:space="preserve"> I do not have any liens on assets</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50AB0166" w14:textId="77777777" w:rsidR="00832BB4" w:rsidRDefault="004B5237" w:rsidP="00832BB4">
+    <w:p w14:paraId="50AB0166" w14:textId="77777777" w:rsidR="00832BB4" w:rsidRDefault="00DC2BF9" w:rsidP="00832BB4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
           </w:rPr>
           <w:id w:val="-1812390785"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00832BB4">
             <w:rPr>
@@ -6269,51 +6243,51 @@
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:before="100" w:after="100"/>
       </w:pPr>
       <w:r>
         <w:t>Most recent federal and state tax returns</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6EDC3E08" w14:textId="318EA640" w:rsidR="000D653C" w:rsidRDefault="00832BB4" w:rsidP="00832BB4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:before="100" w:after="100"/>
       </w:pPr>
       <w:r>
         <w:t>Current financial statements</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="488CA251" w14:textId="77777777" w:rsidR="000D653C" w:rsidRDefault="000D653C">
       <w:pPr>
         <w:spacing w:before="120" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6964DA9F" w14:textId="77777777" w:rsidR="000D653C" w:rsidRPr="004946ED" w:rsidRDefault="004B5237" w:rsidP="000D653C">
+    <w:p w14:paraId="6964DA9F" w14:textId="77777777" w:rsidR="000D653C" w:rsidRPr="004946ED" w:rsidRDefault="00DC2BF9" w:rsidP="000D653C">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Heading2Char"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="003865" w:themeColor="accent1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="1571232036"/>
           <w:docPartObj>
             <w:docPartGallery w:val="Cover Pages"/>
             <w:docPartUnique/>
           </w:docPartObj>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:szCs w:val="20"/>
           </w:rPr>
@@ -7209,70 +7183,70 @@
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="317BC659" w14:textId="77777777" w:rsidR="00F06B82" w:rsidRDefault="00F06B82">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="09C88C0C" w14:textId="43E92955" w:rsidR="00B0058E" w:rsidRDefault="00562EEA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="62E37F9D" wp14:editId="34CF56F5">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="62E37F9D" wp14:editId="4CA38CCA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>0</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>457200</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="2863043" cy="320040"/>
           <wp:effectExtent l="0" t="0" r="0" b="3810"/>
           <wp:wrapNone/>
-          <wp:docPr id="215511800" name="Picture 1" descr="Logo: Minnesota Department of Labor and Industry"/>
+          <wp:docPr id="215511800" name="Picture 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="215511800" name="Picture 1" descr="Logo: Minnesota Department of Labor and Industry"/>
+                  <pic:cNvPr id="0" name="Picture 1"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2863043" cy="320040"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
@@ -8140,53 +8114,52 @@
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1998681953">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="94636615">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="651493394">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1461799206">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="6"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="75"/>
   <w:removeDateAndTime/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:doNotHyphenateCaps/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -8259,51 +8232,50 @@
     <w:rsid w:val="0009638D"/>
     <w:rsid w:val="00096F5C"/>
     <w:rsid w:val="000A0F9F"/>
     <w:rsid w:val="000A178F"/>
     <w:rsid w:val="000A37A2"/>
     <w:rsid w:val="000A39EC"/>
     <w:rsid w:val="000A3E44"/>
     <w:rsid w:val="000A642F"/>
     <w:rsid w:val="000A72D3"/>
     <w:rsid w:val="000A7DB0"/>
     <w:rsid w:val="000B08F9"/>
     <w:rsid w:val="000B0B62"/>
     <w:rsid w:val="000B2DA4"/>
     <w:rsid w:val="000B2E68"/>
     <w:rsid w:val="000B5A59"/>
     <w:rsid w:val="000B5B89"/>
     <w:rsid w:val="000B6357"/>
     <w:rsid w:val="000C1016"/>
     <w:rsid w:val="000C292C"/>
     <w:rsid w:val="000C29CD"/>
     <w:rsid w:val="000C3708"/>
     <w:rsid w:val="000C3761"/>
     <w:rsid w:val="000C39FD"/>
     <w:rsid w:val="000C61C7"/>
     <w:rsid w:val="000C7373"/>
-    <w:rsid w:val="000D1380"/>
     <w:rsid w:val="000D24DD"/>
     <w:rsid w:val="000D3FEF"/>
     <w:rsid w:val="000D4128"/>
     <w:rsid w:val="000D507F"/>
     <w:rsid w:val="000D653C"/>
     <w:rsid w:val="000D6810"/>
     <w:rsid w:val="000D6861"/>
     <w:rsid w:val="000D7476"/>
     <w:rsid w:val="000E1961"/>
     <w:rsid w:val="000E1C07"/>
     <w:rsid w:val="000E313B"/>
     <w:rsid w:val="000E3DEC"/>
     <w:rsid w:val="000E3E9D"/>
     <w:rsid w:val="000E41D2"/>
     <w:rsid w:val="000E428B"/>
     <w:rsid w:val="000E46C6"/>
     <w:rsid w:val="000E4E06"/>
     <w:rsid w:val="000E660D"/>
     <w:rsid w:val="000F0EAA"/>
     <w:rsid w:val="000F1D54"/>
     <w:rsid w:val="000F2463"/>
     <w:rsid w:val="000F2505"/>
     <w:rsid w:val="000F34C8"/>
     <w:rsid w:val="000F4BB1"/>
     <w:rsid w:val="000F5C5A"/>
@@ -8441,51 +8413,50 @@
     <w:rsid w:val="00220908"/>
     <w:rsid w:val="00220ADA"/>
     <w:rsid w:val="0022113B"/>
     <w:rsid w:val="002216AA"/>
     <w:rsid w:val="002220DC"/>
     <w:rsid w:val="00222A11"/>
     <w:rsid w:val="00222A49"/>
     <w:rsid w:val="00222EE3"/>
     <w:rsid w:val="00224DFE"/>
     <w:rsid w:val="0022552E"/>
     <w:rsid w:val="00226736"/>
     <w:rsid w:val="0022723D"/>
     <w:rsid w:val="00227C17"/>
     <w:rsid w:val="0023218F"/>
     <w:rsid w:val="00233BAB"/>
     <w:rsid w:val="00233EF0"/>
     <w:rsid w:val="00234A9C"/>
     <w:rsid w:val="00234D03"/>
     <w:rsid w:val="002368C6"/>
     <w:rsid w:val="00236FC5"/>
     <w:rsid w:val="00237C33"/>
     <w:rsid w:val="00240D17"/>
     <w:rsid w:val="002412F3"/>
     <w:rsid w:val="00242175"/>
     <w:rsid w:val="002421AF"/>
-    <w:rsid w:val="00243A78"/>
     <w:rsid w:val="00243E65"/>
     <w:rsid w:val="0024418E"/>
     <w:rsid w:val="00246613"/>
     <w:rsid w:val="002469A5"/>
     <w:rsid w:val="00246C2B"/>
     <w:rsid w:val="00246F90"/>
     <w:rsid w:val="00250CC9"/>
     <w:rsid w:val="00250CCF"/>
     <w:rsid w:val="00252E5F"/>
     <w:rsid w:val="0025382C"/>
     <w:rsid w:val="002547DB"/>
     <w:rsid w:val="002551CF"/>
     <w:rsid w:val="0026095B"/>
     <w:rsid w:val="00261247"/>
     <w:rsid w:val="00261B3A"/>
     <w:rsid w:val="00264652"/>
     <w:rsid w:val="002647EC"/>
     <w:rsid w:val="002652FE"/>
     <w:rsid w:val="00265EFC"/>
     <w:rsid w:val="00270B37"/>
     <w:rsid w:val="00272EE7"/>
     <w:rsid w:val="00274243"/>
     <w:rsid w:val="0027575F"/>
     <w:rsid w:val="00275770"/>
     <w:rsid w:val="00276506"/>
@@ -8559,51 +8530,50 @@
     <w:rsid w:val="003332DA"/>
     <w:rsid w:val="003334C4"/>
     <w:rsid w:val="00334179"/>
     <w:rsid w:val="003356A9"/>
     <w:rsid w:val="00335736"/>
     <w:rsid w:val="003378BA"/>
     <w:rsid w:val="00337CB7"/>
     <w:rsid w:val="003405F2"/>
     <w:rsid w:val="00340CC2"/>
     <w:rsid w:val="003436F6"/>
     <w:rsid w:val="00345EC4"/>
     <w:rsid w:val="003503A4"/>
     <w:rsid w:val="00352738"/>
     <w:rsid w:val="00352C51"/>
     <w:rsid w:val="0035344A"/>
     <w:rsid w:val="00353630"/>
     <w:rsid w:val="003537DB"/>
     <w:rsid w:val="00354391"/>
     <w:rsid w:val="003563D2"/>
     <w:rsid w:val="003609F5"/>
     <w:rsid w:val="00360BB2"/>
     <w:rsid w:val="00362B68"/>
     <w:rsid w:val="00362E65"/>
     <w:rsid w:val="003638B9"/>
     <w:rsid w:val="003641DD"/>
-    <w:rsid w:val="00365759"/>
     <w:rsid w:val="0037066B"/>
     <w:rsid w:val="00370F93"/>
     <w:rsid w:val="00374521"/>
     <w:rsid w:val="00375707"/>
     <w:rsid w:val="00375F08"/>
     <w:rsid w:val="00376FA5"/>
     <w:rsid w:val="00377DF0"/>
     <w:rsid w:val="003811CD"/>
     <w:rsid w:val="003814F9"/>
     <w:rsid w:val="003817CC"/>
     <w:rsid w:val="00382FE3"/>
     <w:rsid w:val="003852C9"/>
     <w:rsid w:val="00385453"/>
     <w:rsid w:val="00390BAA"/>
     <w:rsid w:val="00391B52"/>
     <w:rsid w:val="0039247C"/>
     <w:rsid w:val="0039433E"/>
     <w:rsid w:val="00395231"/>
     <w:rsid w:val="003962D4"/>
     <w:rsid w:val="00397338"/>
     <w:rsid w:val="00397CA9"/>
     <w:rsid w:val="003A054E"/>
     <w:rsid w:val="003A1479"/>
     <w:rsid w:val="003A1813"/>
     <w:rsid w:val="003A342C"/>
@@ -8706,51 +8676,50 @@
     <w:rsid w:val="00490CB0"/>
     <w:rsid w:val="00493999"/>
     <w:rsid w:val="00494467"/>
     <w:rsid w:val="004946ED"/>
     <w:rsid w:val="00494E6F"/>
     <w:rsid w:val="004956E6"/>
     <w:rsid w:val="004957D4"/>
     <w:rsid w:val="004A0944"/>
     <w:rsid w:val="004A163E"/>
     <w:rsid w:val="004A1B4D"/>
     <w:rsid w:val="004A335A"/>
     <w:rsid w:val="004A3868"/>
     <w:rsid w:val="004A58DD"/>
     <w:rsid w:val="004A6119"/>
     <w:rsid w:val="004A69B3"/>
     <w:rsid w:val="004A6EBB"/>
     <w:rsid w:val="004A77CC"/>
     <w:rsid w:val="004B0395"/>
     <w:rsid w:val="004B08DC"/>
     <w:rsid w:val="004B0978"/>
     <w:rsid w:val="004B0CD4"/>
     <w:rsid w:val="004B100F"/>
     <w:rsid w:val="004B171D"/>
     <w:rsid w:val="004B20C8"/>
     <w:rsid w:val="004B47DC"/>
-    <w:rsid w:val="004B5237"/>
     <w:rsid w:val="004B5298"/>
     <w:rsid w:val="004B6436"/>
     <w:rsid w:val="004C0908"/>
     <w:rsid w:val="004C386D"/>
     <w:rsid w:val="004C393C"/>
     <w:rsid w:val="004C4A5E"/>
     <w:rsid w:val="004C4BA4"/>
     <w:rsid w:val="004C6310"/>
     <w:rsid w:val="004C71BE"/>
     <w:rsid w:val="004C74EC"/>
     <w:rsid w:val="004C78C8"/>
     <w:rsid w:val="004C79CD"/>
     <w:rsid w:val="004C7C64"/>
     <w:rsid w:val="004D10BF"/>
     <w:rsid w:val="004D14D8"/>
     <w:rsid w:val="004D29C9"/>
     <w:rsid w:val="004D314D"/>
     <w:rsid w:val="004D3753"/>
     <w:rsid w:val="004D3B44"/>
     <w:rsid w:val="004D4A07"/>
     <w:rsid w:val="004D545D"/>
     <w:rsid w:val="004D6FCA"/>
     <w:rsid w:val="004D70BE"/>
     <w:rsid w:val="004E2477"/>
     <w:rsid w:val="004E3BD6"/>
@@ -9383,51 +9352,50 @@
     <w:rsid w:val="00A078C8"/>
     <w:rsid w:val="00A112EC"/>
     <w:rsid w:val="00A124C6"/>
     <w:rsid w:val="00A14824"/>
     <w:rsid w:val="00A149AC"/>
     <w:rsid w:val="00A15D83"/>
     <w:rsid w:val="00A16A0B"/>
     <w:rsid w:val="00A208CB"/>
     <w:rsid w:val="00A21B9C"/>
     <w:rsid w:val="00A22C2D"/>
     <w:rsid w:val="00A27FB6"/>
     <w:rsid w:val="00A30799"/>
     <w:rsid w:val="00A3255A"/>
     <w:rsid w:val="00A33405"/>
     <w:rsid w:val="00A3374D"/>
     <w:rsid w:val="00A34BA6"/>
     <w:rsid w:val="00A37488"/>
     <w:rsid w:val="00A408D9"/>
     <w:rsid w:val="00A40D4D"/>
     <w:rsid w:val="00A41183"/>
     <w:rsid w:val="00A413B0"/>
     <w:rsid w:val="00A418B0"/>
     <w:rsid w:val="00A4224C"/>
     <w:rsid w:val="00A42440"/>
     <w:rsid w:val="00A430B8"/>
-    <w:rsid w:val="00A430F9"/>
     <w:rsid w:val="00A442F2"/>
     <w:rsid w:val="00A45045"/>
     <w:rsid w:val="00A45238"/>
     <w:rsid w:val="00A452BD"/>
     <w:rsid w:val="00A45A3D"/>
     <w:rsid w:val="00A45C4A"/>
     <w:rsid w:val="00A46418"/>
     <w:rsid w:val="00A465FE"/>
     <w:rsid w:val="00A47639"/>
     <w:rsid w:val="00A4767B"/>
     <w:rsid w:val="00A477A6"/>
     <w:rsid w:val="00A47E21"/>
     <w:rsid w:val="00A51286"/>
     <w:rsid w:val="00A515B1"/>
     <w:rsid w:val="00A51CF6"/>
     <w:rsid w:val="00A51E1E"/>
     <w:rsid w:val="00A53189"/>
     <w:rsid w:val="00A5364C"/>
     <w:rsid w:val="00A538A8"/>
     <w:rsid w:val="00A57FE8"/>
     <w:rsid w:val="00A60E55"/>
     <w:rsid w:val="00A633D4"/>
     <w:rsid w:val="00A6417C"/>
     <w:rsid w:val="00A64ECE"/>
     <w:rsid w:val="00A6577C"/>